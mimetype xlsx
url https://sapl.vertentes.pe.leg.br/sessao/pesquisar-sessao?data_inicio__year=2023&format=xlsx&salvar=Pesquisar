--- v0 (2025-10-01)
+++ v1 (2026-02-04)
@@ -36,429 +36,429 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>2023-12-20</t>
   </si>
   <si>
     <t>09:00</t>
   </si>
   <si>
-    <t>40ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>40ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2023-12-13</t>
   </si>
   <si>
-    <t>39ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>39ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>2023-12-11</t>
   </si>
   <si>
     <t>19:00</t>
   </si>
   <si>
     <t>2ª Solene da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>2023-12-06</t>
   </si>
   <si>
-    <t>38ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>38ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>2023-12-01</t>
   </si>
   <si>
     <t>1ª Solene da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>2023-11-29</t>
   </si>
   <si>
-    <t>37ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>37ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>2023-11-22</t>
   </si>
   <si>
-    <t>36ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>36ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>2023-11-08</t>
   </si>
   <si>
-    <t>35ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>35ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
-    <t>34ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>34ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2023-10-25</t>
   </si>
   <si>
-    <t>33ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>33ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>2023-10-18</t>
   </si>
   <si>
-    <t>32ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>32ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2023-10-11</t>
   </si>
   <si>
-    <t>31ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>31ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2023-10-04</t>
   </si>
   <si>
-    <t>30ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>30ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2023-09-27</t>
   </si>
   <si>
-    <t>29ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>29ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2023-09-20</t>
   </si>
   <si>
-    <t>28ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>28ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2023-09-13</t>
   </si>
   <si>
-    <t>27ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>27ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2023-09-06</t>
   </si>
   <si>
-    <t>26ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>26ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2023-08-30</t>
   </si>
   <si>
-    <t>25ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>25ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2023-08-23</t>
   </si>
   <si>
-    <t>24ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>24ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>2023-08-16</t>
   </si>
   <si>
-    <t>23ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>23ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2023-08-09</t>
   </si>
   <si>
-    <t>22ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>22ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>2023-08-01</t>
   </si>
   <si>
-    <t>21ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>21ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>2023-06-15</t>
   </si>
   <si>
-    <t>20ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>20ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>2023-06-14</t>
   </si>
   <si>
-    <t>19ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>19ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>2023-06-07</t>
   </si>
   <si>
-    <t>18ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>18ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>2023-05-31</t>
   </si>
   <si>
-    <t>17ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>17ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>2023-05-24</t>
   </si>
   <si>
-    <t>16ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>16ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2023-05-17</t>
   </si>
   <si>
-    <t>15ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>15ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>2023-05-10</t>
   </si>
   <si>
-    <t>14ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>14ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>2023-05-02</t>
   </si>
   <si>
     <t>1ª Extraordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>13ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>13ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
-    <t>12ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>12ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>2023-04-19</t>
   </si>
   <si>
-    <t>11ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>11ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>2023-04-12</t>
   </si>
   <si>
-    <t>10ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>10ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>2023-04-05</t>
   </si>
   <si>
-    <t>9ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>9ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>2023-03-29</t>
   </si>
   <si>
-    <t>8ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>8ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>2023-03-22</t>
   </si>
   <si>
-    <t>7ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>7ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>2023-03-15</t>
   </si>
   <si>
-    <t>6ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>6ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2023-03-08</t>
   </si>
   <si>
-    <t>5ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>5ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>2023-03-01</t>
   </si>
   <si>
-    <t>4ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>4ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>2023-02-15</t>
   </si>
   <si>
-    <t>3ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>3ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2023-02-08</t>
   </si>
   <si>
-    <t>2ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>2ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>2023-02-01</t>
   </si>
   <si>
-    <t>1ª Ordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>1ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -761,51 +761,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="53.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="57.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>2</v>
       </c>
       <c r="F1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>5</v>