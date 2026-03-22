--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -36,429 +36,429 @@
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Abertura</t>
   </si>
   <si>
     <t>Horário (hh:mm)</t>
   </si>
   <si>
     <t>Encerramento</t>
   </si>
   <si>
     <t>Título</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>2023-12-20</t>
   </si>
   <si>
     <t>09:00</t>
   </si>
   <si>
-    <t>40ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>40ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2023-12-13</t>
   </si>
   <si>
-    <t>39ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>39ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>2023-12-11</t>
   </si>
   <si>
     <t>19:00</t>
   </si>
   <si>
     <t>2ª Solene da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>2023-12-06</t>
   </si>
   <si>
-    <t>38ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>38ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>2023-12-01</t>
   </si>
   <si>
     <t>1ª Solene da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>2023-11-29</t>
   </si>
   <si>
-    <t>37ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>37ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>2023-11-22</t>
   </si>
   <si>
-    <t>36ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>36ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>2023-11-08</t>
   </si>
   <si>
-    <t>35ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>35ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
-    <t>34ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>34ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2023-10-25</t>
   </si>
   <si>
-    <t>33ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>33ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>2023-10-18</t>
   </si>
   <si>
-    <t>32ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>32ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>2023-10-11</t>
   </si>
   <si>
-    <t>31ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>31ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2023-10-04</t>
   </si>
   <si>
-    <t>30ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>30ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2023-09-27</t>
   </si>
   <si>
-    <t>29ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>29ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2023-09-20</t>
   </si>
   <si>
-    <t>28ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>28ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2023-09-13</t>
   </si>
   <si>
-    <t>27ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>27ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2023-09-06</t>
   </si>
   <si>
-    <t>26ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>26ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2023-08-30</t>
   </si>
   <si>
-    <t>25ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>25ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2023-08-23</t>
   </si>
   <si>
-    <t>24ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>24ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>2023-08-16</t>
   </si>
   <si>
-    <t>23ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>23ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2023-08-09</t>
   </si>
   <si>
-    <t>22ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>22ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>2023-08-01</t>
   </si>
   <si>
-    <t>21ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>21ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>2023-06-15</t>
   </si>
   <si>
-    <t>20ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>20ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>2023-06-14</t>
   </si>
   <si>
-    <t>19ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>19ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>2023-06-07</t>
   </si>
   <si>
-    <t>18ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>18ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>2023-05-31</t>
   </si>
   <si>
-    <t>17ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>17ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>2023-05-24</t>
   </si>
   <si>
-    <t>16ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>16ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2023-05-17</t>
   </si>
   <si>
-    <t>15ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>15ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>2023-05-10</t>
   </si>
   <si>
-    <t>14ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>14ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>2023-05-02</t>
   </si>
   <si>
     <t>1ª Extraordinária da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>13ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>13ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>2023-04-26</t>
   </si>
   <si>
-    <t>12ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>12ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>2023-04-19</t>
   </si>
   <si>
-    <t>11ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>11ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>2023-04-12</t>
   </si>
   <si>
-    <t>10ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>10ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>2023-04-05</t>
   </si>
   <si>
-    <t>9ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>9ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>2023-03-29</t>
   </si>
   <si>
-    <t>8ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>8ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>2023-03-22</t>
   </si>
   <si>
-    <t>7ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>7ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>2023-03-15</t>
   </si>
   <si>
-    <t>6ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>6ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2023-03-08</t>
   </si>
   <si>
-    <t>5ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>5ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>2023-03-01</t>
   </si>
   <si>
-    <t>4ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>4ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>2023-02-15</t>
   </si>
   <si>
-    <t>3ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>3ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2023-02-08</t>
   </si>
   <si>
-    <t>2ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>2ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>2023-02-01</t>
   </si>
   <si>
-    <t>1ª Ordinária de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
+    <t>1ª Sessão ordinária do 1° período de 2023 da 3ª Sessão Legislativa da 23ª Legislatura</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -761,51 +761,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="57.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="77.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>2</v>
       </c>
       <c r="F1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>5</v>