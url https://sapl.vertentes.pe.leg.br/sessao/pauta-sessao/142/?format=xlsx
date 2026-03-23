--- v0 (2026-02-04)
+++ v1 (2026-03-23)
@@ -120,51 +120,51 @@
   <si>
     <t>Nen Cavalcanti</t>
   </si>
   <si>
     <t>Implantação de um quebra-molas (redutor de velocidade) na estrada de Capela Nova especificamente na subida da curva localizada em frente ao comércio conhecido como a venda das tilápias (venda de peixes).</t>
   </si>
   <si>
     <t>Indicação nº 4 de 2026</t>
   </si>
   <si>
     <t>Calçamento e a implantação de iluminação pública no beco que dá acesso ao Cemitério do Junco.</t>
   </si>
   <si>
     <t>Indicação nº 5 de 2026</t>
   </si>
   <si>
     <t>Que seja encaminhado ao Excelentíssimo Senhor Prefeito Municipal, em conjunto com a Secretaria Municipal de Educação, pedido para a realização de levantamento e reorganização dos profissionais acompanhantes/monitores que atuam com alunos com deficiência ou transtorno do espectro autista, de modo que cada profissional possa permanecer na mesma unidade/localidade durante os dois turnos.</t>
   </si>
   <si>
     <t>Indicação nº 6 de 2026</t>
   </si>
   <si>
     <t>Zé Ivanildo</t>
   </si>
   <si>
-    <t>Que envie um projeto de lei a esta Casa Legislativa, tomando a centenária Banda Marcial de São José, como patrimônio cultural e imaterial da cidade de Vertentes.</t>
+    <t>Que envie um projeto de lei a esta Casa Legislativa, tomando a centenária Banda Musical de São José, como patrimônio cultural e imaterial da cidade de Vertentes.</t>
   </si>
   <si>
     <t>Indicação nº 7 de 2026</t>
   </si>
   <si>
     <t>Que crie e envie um projeto com base jurídica municipal a esta Casa Legislativa, definindo critérios para o tombamento de Patrimônio Cultural Material e Imaterial do Município de Vertentes-PE.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>