--- v0 (2025-10-01)
+++ v1 (2025-12-09)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="522" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="552" uniqueCount="188">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
@@ -543,51 +543,81 @@
   <si>
     <t>82</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Homologar o resultado final do Concurso Público de provas para os cargos de Advogado, Técnico de Controle Interno e Técnico de contabilidade.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>EXONERAR ASSESSOR</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>NOMEAR ASSESSOR</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>DECLARAÇÃO DE ATUALIDADE</t>
+    <t>EXONERAR JOSE HENRIQUE MACIEL DE LIMA</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>EXONERAR VITÓRIA DO NASCIMENTO SILVA</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>NOMEAR ALLINY MACIEL PESSOA DE LIMA</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>NOMEAR ALEXSANDRO JOSÉ DE OLIVEIRA DA SILVA</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Convocação da candidata abaixo  classificada em 1º (primeiro) lugar no Concurso Público nº 001/2024 para apresentar documentação, submeter-se aos exames admissionais e, cumpridos os requisitos legais e editalícios, tomar posse no cargo de Técnico de Controle Interno.</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>Nomear Isaene de Arruda Santos para exercer o cargo de provimento efetivo, por ter sido aprovada e classificada em 1º (primeiro) lugar no Concurso Público nº 001/2024 .</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -879,57 +909,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F87"/>
+  <dimension ref="A1:F92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2631,50 +2661,150 @@
       <c r="E86" t="s">
         <v>10</v>
       </c>
       <c r="F86" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
         <v>176</v>
       </c>
       <c r="B87" t="s">
         <v>135</v>
       </c>
       <c r="C87" t="s">
         <v>72</v>
       </c>
       <c r="D87" t="s">
         <v>9</v>
       </c>
       <c r="E87" t="s">
         <v>10</v>
       </c>
       <c r="F87" t="s">
         <v>177</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" t="s">
+        <v>135</v>
+      </c>
+      <c r="C88" t="s">
+        <v>75</v>
+      </c>
+      <c r="D88" t="s">
+        <v>9</v>
+      </c>
+      <c r="E88" t="s">
+        <v>10</v>
+      </c>
+      <c r="F88" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" t="s">
+        <v>135</v>
+      </c>
+      <c r="C89" t="s">
+        <v>78</v>
+      </c>
+      <c r="D89" t="s">
+        <v>9</v>
+      </c>
+      <c r="E89" t="s">
+        <v>10</v>
+      </c>
+      <c r="F89" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" t="s">
+        <v>135</v>
+      </c>
+      <c r="C90" t="s">
+        <v>81</v>
+      </c>
+      <c r="D90" t="s">
+        <v>9</v>
+      </c>
+      <c r="E90" t="s">
+        <v>10</v>
+      </c>
+      <c r="F90" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" t="s">
+        <v>184</v>
+      </c>
+      <c r="B91" t="s">
+        <v>135</v>
+      </c>
+      <c r="C91" t="s">
+        <v>84</v>
+      </c>
+      <c r="D91" t="s">
+        <v>9</v>
+      </c>
+      <c r="E91" t="s">
+        <v>10</v>
+      </c>
+      <c r="F91" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" t="s">
+        <v>135</v>
+      </c>
+      <c r="C92" t="s">
+        <v>43</v>
+      </c>
+      <c r="D92" t="s">
+        <v>9</v>
+      </c>
+      <c r="E92" t="s">
+        <v>10</v>
+      </c>
+      <c r="F92" t="s">
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>