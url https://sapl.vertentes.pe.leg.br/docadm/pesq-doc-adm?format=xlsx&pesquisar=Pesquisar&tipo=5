--- v1 (2025-12-09)
+++ v2 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="552" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="570" uniqueCount="195">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
@@ -574,50 +574,71 @@
     <t>EXONERAR VITÓRIA DO NASCIMENTO SILVA</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>NOMEAR ALLINY MACIEL PESSOA DE LIMA</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>NOMEAR ALEXSANDRO JOSÉ DE OLIVEIRA DA SILVA</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Convocação da candidata abaixo  classificada em 1º (primeiro) lugar no Concurso Público nº 001/2024 para apresentar documentação, submeter-se aos exames admissionais e, cumpridos os requisitos legais e editalícios, tomar posse no cargo de Técnico de Controle Interno.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Nomear Isaene de Arruda Santos para exercer o cargo de provimento efetivo, por ter sido aprovada e classificada em 1º (primeiro) lugar no Concurso Público nº 001/2024 .</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>EXONERAR a Senhora ALLINY MACIEL PESSOA DE LIMA RODRIGUES</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>NOMEAR a Senhora ALLINY MACIEL PESSOA DE LIMA RODRIGUES</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>NOMEAR o Senhor FABIANO FERREIRA DE MIRANDA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -909,51 +930,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F92"/>
+  <dimension ref="A1:F95"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2761,50 +2782,110 @@
       <c r="E91" t="s">
         <v>10</v>
       </c>
       <c r="F91" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
         <v>186</v>
       </c>
       <c r="B92" t="s">
         <v>135</v>
       </c>
       <c r="C92" t="s">
         <v>43</v>
       </c>
       <c r="D92" t="s">
         <v>9</v>
       </c>
       <c r="E92" t="s">
         <v>10</v>
       </c>
       <c r="F92" t="s">
         <v>187</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" t="s">
+        <v>189</v>
+      </c>
+      <c r="C93" t="s">
+        <v>16</v>
+      </c>
+      <c r="D93" t="s">
+        <v>9</v>
+      </c>
+      <c r="E93" t="s">
+        <v>10</v>
+      </c>
+      <c r="F93" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" t="s">
+        <v>191</v>
+      </c>
+      <c r="B94" t="s">
+        <v>189</v>
+      </c>
+      <c r="C94" t="s">
+        <v>19</v>
+      </c>
+      <c r="D94" t="s">
+        <v>9</v>
+      </c>
+      <c r="E94" t="s">
+        <v>10</v>
+      </c>
+      <c r="F94" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" t="s">
+        <v>193</v>
+      </c>
+      <c r="B95" t="s">
+        <v>189</v>
+      </c>
+      <c r="C95" t="s">
+        <v>21</v>
+      </c>
+      <c r="D95" t="s">
+        <v>9</v>
+      </c>
+      <c r="E95" t="s">
+        <v>10</v>
+      </c>
+      <c r="F95" t="s">
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>